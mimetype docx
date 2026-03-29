--- v0 (2025-12-07)
+++ v1 (2026-03-29)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00B5068D" w:rsidRDefault="00B5068D" w:rsidP="00204A6C">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00304D06">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Сводное расписание отправления транспортных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>сре</w:t>
       </w:r>
       <w:r w:rsidR="00204A6C">
@@ -76,51 +76,65 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>аршрут</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>у</w:t>
       </w:r>
       <w:r w:rsidRPr="00304D06">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A75816" w:rsidRPr="0089458C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>№36 «Льговский поворот - Южное кладбище»</w:t>
+        <w:t>№36 «</w:t>
+      </w:r>
+      <w:r w:rsidR="00F77394" w:rsidRPr="00F77394">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Льговский поворот — Южное кладбище</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75816" w:rsidRPr="0089458C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="0044584D" w:rsidRDefault="0044584D" w:rsidP="00204A6C">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="988"/>
         <w:gridCol w:w="1360"/>
         <w:gridCol w:w="8"/>
         <w:gridCol w:w="1041"/>
         <w:gridCol w:w="1276"/>
@@ -5445,50 +5459,51 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B5068D"/>
     <w:rsid w:val="00204A6C"/>
     <w:rsid w:val="00245EE6"/>
     <w:rsid w:val="0044584D"/>
     <w:rsid w:val="0056189F"/>
     <w:rsid w:val="008070A5"/>
     <w:rsid w:val="00902356"/>
     <w:rsid w:val="00A75816"/>
     <w:rsid w:val="00B5068D"/>
     <w:rsid w:val="00BD5EA7"/>
     <w:rsid w:val="00C46F8B"/>
     <w:rsid w:val="00D16F02"/>
+    <w:rsid w:val="00F77394"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
@@ -6182,51 +6197,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>F12925AF</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>152</Words>
   <Characters>869</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>