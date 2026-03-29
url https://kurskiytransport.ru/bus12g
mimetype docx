--- v1 (2026-02-11)
+++ v2 (2026-03-29)
@@ -100,19337 +100,19368 @@
         </w:rPr>
         <w:t>№</w:t>
       </w:r>
       <w:r w:rsidR="005E0786" w:rsidRPr="005E0786">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>12Г «</w:t>
       </w:r>
       <w:r w:rsidR="001057B4" w:rsidRPr="001057B4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Областная больница — Железнодорожный переезд</w:t>
       </w:r>
       <w:r w:rsidR="005E0786" w:rsidRPr="005E0786">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0044584D" w:rsidRDefault="0044584D" w:rsidP="00204A6C">
+    <w:p w:rsidR="0044584D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00204A6C">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB179D">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(Ра</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00BB179D">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>списание действует с 21.03.2026)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00204A6C">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8960" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1120"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4480" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Рабочие дни</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4480" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Выходные и праздничные дни</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
-          <w:trHeight w:val="1365"/>
+          <w:trHeight w:val="1185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2240" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Отправление от начального пункта</w:t>
             </w:r>
-            <w:r w:rsidRPr="001057B4">
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>Областная больница</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2240" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Отправление от конечного пункта</w:t>
             </w:r>
-            <w:r w:rsidRPr="001057B4">
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>Железнодорожный переезд</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2240" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Отправление от начального пункта</w:t>
             </w:r>
-            <w:r w:rsidRPr="001057B4">
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>Областная больница</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2240" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Отправление от конечного пункта</w:t>
             </w:r>
-            <w:r w:rsidRPr="001057B4">
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>Железнодорожный переезд</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="750"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>№ графика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Время</w:t>
             </w:r>
-            <w:r w:rsidRPr="001057B4">
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="001057B4">
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>чч:мм</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="001057B4">
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>№ графика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Время</w:t>
             </w:r>
-            <w:r w:rsidRPr="001057B4">
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="001057B4">
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>чч:мм</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="001057B4">
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>№ графика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Время</w:t>
             </w:r>
-            <w:r w:rsidRPr="001057B4">
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="001057B4">
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>чч:мм</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="001057B4">
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>№ графика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Время</w:t>
             </w:r>
-            <w:r w:rsidRPr="001057B4">
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="001057B4">
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>чч:мм</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="001057B4">
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5:45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5:50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...153 lines deleted...]
-              <w:t>6:00</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6:01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...81 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6:16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...153 lines deleted...]
-              <w:t>6:30</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6:21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...81 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6:15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6:10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6:31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...153 lines deleted...]
-              <w:t>6:53</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6:47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6:28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6:28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...223 lines deleted...]
-              <w:t>7:07</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6:47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:04</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...261 lines deleted...]
-              <w:t>7:09</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6:41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6:41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...261 lines deleted...]
-              <w:t>7:25</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6:54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6:51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...261 lines deleted...]
-              <w:t>7:43</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...261 lines deleted...]
-              <w:t>7:59</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...261 lines deleted...]
-              <w:t>8:10</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...81 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8:20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...121 lines deleted...]
-              <w:t>8:30</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...223 lines deleted...]
-              <w:t>8:48</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:53</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...223 lines deleted...]
-              <w:t>9:17</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:09</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...223 lines deleted...]
-              <w:t>9:37</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...256 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9:55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...261 lines deleted...]
-              <w:t>10:25</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...151 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...83 lines deleted...]
-              <w:t>10:42</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...223 lines deleted...]
-              <w:t>10:54</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...116 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10:25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...121 lines deleted...]
-              <w:t>11:13</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...261 lines deleted...]
-              <w:t>11:41</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...81 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...153 lines deleted...]
-              <w:t>12:00</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...81 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...78 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...68 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...81 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...153 lines deleted...]
-              <w:t>12:33</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12:16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...43 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...153 lines deleted...]
-              <w:t>12:48</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12:15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12:32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...186 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12:47</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...68 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...261 lines deleted...]
-              <w:t>13:18</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12:46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...261 lines deleted...]
-              <w:t>13:39</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...221 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...13 lines deleted...]
-              <w:t>13:49</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...221 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...13 lines deleted...]
-              <w:t>14:07</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...221 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12:12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...13 lines deleted...]
-              <w:t>14:26</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12:14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...81 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...113 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12:25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...13 lines deleted...]
-              <w:t>14:45</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12:27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...261 lines deleted...]
-              <w:t>15:18</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12:39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12:40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:52</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...81 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12:52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12:53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...153 lines deleted...]
-              <w:t>15:35</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...261 lines deleted...]
-              <w:t>15:55</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...151 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...83 lines deleted...]
-              <w:t>16:04</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...223 lines deleted...]
-              <w:t>16:42</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...81 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...153 lines deleted...]
-              <w:t>16:59</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...81 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:09</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...153 lines deleted...]
-              <w:t>17:11</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...151 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...83 lines deleted...]
-              <w:t>17:29</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:57</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...223 lines deleted...]
-              <w:t>17:49</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...262 lines deleted...]
-              <w:t>18:00</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...81 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...153 lines deleted...]
-              <w:t>18:17</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...223 lines deleted...]
-              <w:t>18:29</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...223 lines deleted...]
-              <w:t>18:55</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...221 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...13 lines deleted...]
-              <w:t>19:06</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...261 lines deleted...]
-              <w:t>19:19</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...261 lines deleted...]
-              <w:t>19:36</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:02</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...261 lines deleted...]
-              <w:t>19:48</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...151 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...83 lines deleted...]
-              <w:t>20:06</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...151 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...83 lines deleted...]
-              <w:t>20:16</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20:19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...223 lines deleted...]
-              <w:t>20:33</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20:25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...113 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20:50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...83 lines deleted...]
-              <w:t>21:29</w:t>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>21:20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...221 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>21:16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...151 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...151 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...151 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...151 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...151 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...151 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...151 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...151 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...151 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20:05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...151 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20:27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...151 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20:10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20:47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...151 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20:37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>21:25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidTr="001057B4">
+      <w:tr w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidTr="00BB179D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...46 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>21:34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001057B4" w:rsidRPr="001057B4" w:rsidRDefault="001057B4" w:rsidP="001057B4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001057B4">
+          <w:p w:rsidR="00BB179D" w:rsidRPr="00BB179D" w:rsidRDefault="00BB179D" w:rsidP="00BB179D">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB179D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00B5068D" w:rsidRPr="00304D06" w:rsidRDefault="00B5068D" w:rsidP="00B5068D">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00B5068D" w:rsidRPr="00304D06" w:rsidSect="00B5068D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="720" w:bottom="567" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="105"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B5068D"/>
     <w:rsid w:val="000D6124"/>
     <w:rsid w:val="001057B4"/>
     <w:rsid w:val="001C2A7C"/>
     <w:rsid w:val="00204A6C"/>
     <w:rsid w:val="00245EE6"/>
     <w:rsid w:val="0044584D"/>
     <w:rsid w:val="0056189F"/>
     <w:rsid w:val="005E0786"/>
     <w:rsid w:val="00883681"/>
     <w:rsid w:val="00981762"/>
     <w:rsid w:val="00A15239"/>
     <w:rsid w:val="00A40DF9"/>
     <w:rsid w:val="00A75816"/>
     <w:rsid w:val="00B5068D"/>
+    <w:rsid w:val="00BB179D"/>
     <w:rsid w:val="00BD5EA7"/>
     <w:rsid w:val="00C46F8B"/>
     <w:rsid w:val="00D16F02"/>
     <w:rsid w:val="00E32B3C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3F8D503E"/>
+  <w14:docId w14:val="24891C4F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{98459261-E807-48D9-8373-F3A1C2516A18}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -19829,50 +19860,63 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
+    <w:div w:id="359664724">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="834103620">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -20115,72 +20159,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>E445F7A</Template>
+  <Template>52727B02</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>371</Words>
-  <Characters>2119</Characters>
+  <Words>376</Words>
+  <Characters>2144</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2486</CharactersWithSpaces>
+  <CharactersWithSpaces>2515</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Хохлова Анастасия Николаевна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>