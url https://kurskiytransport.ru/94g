--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -1,51 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="007C2563" w:rsidRPr="003F2095" w:rsidRDefault="00B5068D" w:rsidP="007C2563">
+    <w:p w:rsidR="00B5068D" w:rsidRDefault="00B5068D" w:rsidP="00204A6C">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00304D06">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Сводное расписание отправления транспортных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>сре</w:t>
       </w:r>
       <w:r w:rsidR="00204A6C">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -73,15002 +71,16835 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>м</w:t>
       </w:r>
       <w:r w:rsidRPr="00304D06">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>аршрут</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>у</w:t>
       </w:r>
       <w:r w:rsidRPr="00304D06">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00575102" w:rsidRPr="008F38E5">
+      <w:r w:rsidR="000131D8" w:rsidRPr="003F2095">
         <w:rPr>
-          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>№94Г «ул. Крюкова - Железнодорожный вокзал»</w:t>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="00893A78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>94Г</w:t>
+      </w:r>
+      <w:r w:rsidR="000131D8" w:rsidRPr="003F2095">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="00893A78" w:rsidRPr="00893A78">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Госпиталь ветеранов </w:t>
+      </w:r>
+      <w:r w:rsidR="003060E1" w:rsidRPr="003060E1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidR="000131D8" w:rsidRPr="003F2095">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Железнодорожный вокзал»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75679" w:rsidRDefault="00A75679" w:rsidP="008E2372">
+    <w:p w:rsidR="0044584D" w:rsidRDefault="0044584D" w:rsidP="00204A6C">
       <w:pPr>
         <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="8645" w:type="dxa"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:w="8960" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1134"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1132"/>
+        <w:gridCol w:w="1120"/>
+        <w:gridCol w:w="1120"/>
+        <w:gridCol w:w="1120"/>
+        <w:gridCol w:w="1120"/>
+        <w:gridCol w:w="1120"/>
+        <w:gridCol w:w="1120"/>
+        <w:gridCol w:w="1120"/>
+        <w:gridCol w:w="1120"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="00C32DAB" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
-          <w:trHeight w:val="480"/>
+          <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4386" w:type="dxa"/>
+            <w:tcW w:w="4480" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="00C32DAB" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00C32DAB">
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Рабочие дни</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4259" w:type="dxa"/>
+            <w:tcW w:w="4480" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="00C32DAB" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00C32DAB">
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Выходные и праздничные дни</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="00C32DAB" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
-          <w:trHeight w:val="968"/>
+          <w:trHeight w:val="1290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2257" w:type="dxa"/>
+            <w:tcW w:w="2240" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00C32DAB">
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Отправление от начального пункта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
-              <w:t>ул. Крюкова</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2129" w:type="dxa"/>
+              <w:t>Госпиталь ветеранов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00C32DAB">
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Отправление от конечного пункта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>Железнодорожный вокзал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2108" w:type="dxa"/>
+            <w:tcW w:w="2240" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="00C32DAB" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00C32DAB">
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Отправление от начального</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пункта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
-              <w:t>ул. Крюкова</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2151" w:type="dxa"/>
+              <w:t>Госпиталь ветеранов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2240" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="00C32DAB" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="00C32DAB">
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Отправление от конечного пункта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>Железнодорожный вокзал</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="00C32DAB" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
-          <w:trHeight w:val="656"/>
+          <w:trHeight w:val="750"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="00C32DAB" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00C32DAB">
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>№ графика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00C32DAB">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Время</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C32DAB">
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
-              <w:t>(чч:мм)</w:t>
-[...25 lines deleted...]
-            <w:r w:rsidRPr="00C32DAB">
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>чч:мм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>№ графика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00C32DAB">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Время</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C32DAB">
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
-              <w:t>(чч:мм)</w:t>
-[...25 lines deleted...]
-            <w:r w:rsidRPr="00C32DAB">
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>чч:мм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>№ графика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00C32DAB">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Время</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C32DAB">
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
-              <w:t>(чч:мм)</w:t>
-[...25 lines deleted...]
-            <w:r w:rsidRPr="00C32DAB">
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>чч:мм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>№ графика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="00C32DAB">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Время</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C32DAB">
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
-              <w:t>(чч:мм)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>чч:мм</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5:15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6:07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5:38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6:20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6:35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6:33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5:52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6:33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7:10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7:06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6:09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6:46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7:45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7:41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6:22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6:59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8:20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8:16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6:35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7:12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8:55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8:51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6:48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7:25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9:26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7:01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7:38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10:05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10:01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7:14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7:51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10:40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10:36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7:27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8:04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11:06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11:11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7:40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8:17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11:32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11:46</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7:53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11:58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12:12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8:08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8:43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12:24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12:38</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8:23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8:56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12:50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13:04</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8:38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9:11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13:16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8:53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9:26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13:42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13:56</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9:11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9:41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>14:08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>14:22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9:31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9:56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>14:34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>14:48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9:51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10:14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>15:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>15:14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10:11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10:34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>15:26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>15:40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10:31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10:54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>15:52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>16:06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10:51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11:14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>16:18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>16:32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11:11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11:34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>16:44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>16:58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11:29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11:54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>17:10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>17:24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11:47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12:14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>17:36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>17:50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12:05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12:32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>18:02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>18:16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12:23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12:50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>18:28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>18:42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12:41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13:08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>19:02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>19:08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12:59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13:26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>19:36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>19:34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13:17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13:44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>20:10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>20:08</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13:35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>14:02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>20:44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>20:42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>13:53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>14:20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>21:18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>21:16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>14:11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>14:38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>21:52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>21:50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>14:29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>14:56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>22:26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>22:24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>14:47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>15:14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>23:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>22:58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>15:05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>15:32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>15:23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>15:50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>15:41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>16:08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>15:59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>16:26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...13 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>16:17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>16:44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>16:35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>17:02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...14 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>16:52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>17:20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>17:10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>17:38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>17:27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>17:55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>17:45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>18:13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>18:02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>18:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>18:20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>18:48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>18:37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>19:05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>18:55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>19:23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>19:13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>19:40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>19:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>19:58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>20:05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>20:16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>20:40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>20:33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>21:15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>21:08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>21:50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>21:43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidTr="00A62949">
+      <w:tr w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidTr="00893A78">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CB514B" w:rsidRPr="005645CF" w:rsidRDefault="00CB514B" w:rsidP="00A62949">
-[...10 lines deleted...]
-                <w:bCs/>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1123" w:type="dxa"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>22:25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1004" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1125" w:type="dxa"/>
-[...50 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>22:40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1129" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1019" w:type="dxa"/>
-[...19 lines deleted...]
-              <w:rPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1132" w:type="dxa"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005645CF">
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00893A78" w:rsidRPr="00893A78" w:rsidRDefault="00893A78" w:rsidP="00893A78">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00893A78">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B5068D" w:rsidRDefault="00B5068D" w:rsidP="00FD13C4">
+    <w:p w:rsidR="00B5068D" w:rsidRPr="00304D06" w:rsidRDefault="00B5068D" w:rsidP="00B5068D">
       <w:pPr>
-        <w:ind w:firstLine="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00B5068D" w:rsidSect="00B5068D">
+    <w:sectPr w:rsidR="00B5068D" w:rsidRPr="00304D06" w:rsidSect="00B5068D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="720" w:bottom="567" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...17 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B5068D"/>
     <w:rsid w:val="000131D8"/>
-    <w:rsid w:val="00086E27"/>
     <w:rsid w:val="000C0011"/>
     <w:rsid w:val="000F3395"/>
     <w:rsid w:val="00102F39"/>
-    <w:rsid w:val="00125ADC"/>
+    <w:rsid w:val="00140568"/>
+    <w:rsid w:val="00167636"/>
+    <w:rsid w:val="001C46AC"/>
     <w:rsid w:val="00204A6C"/>
     <w:rsid w:val="00245EE6"/>
     <w:rsid w:val="0028003C"/>
     <w:rsid w:val="00293053"/>
-    <w:rsid w:val="00322D75"/>
+    <w:rsid w:val="003060E1"/>
     <w:rsid w:val="0044584D"/>
-    <w:rsid w:val="004F6A26"/>
     <w:rsid w:val="0056189F"/>
     <w:rsid w:val="00565135"/>
-    <w:rsid w:val="00575102"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006B76C4"/>
     <w:rsid w:val="007249CC"/>
-    <w:rsid w:val="007C2563"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00903120"/>
+    <w:rsid w:val="00893A78"/>
     <w:rsid w:val="009543D2"/>
     <w:rsid w:val="00994CC0"/>
-    <w:rsid w:val="00997753"/>
-    <w:rsid w:val="00A75679"/>
     <w:rsid w:val="00A75816"/>
-    <w:rsid w:val="00A947EE"/>
-    <w:rsid w:val="00AC0CEA"/>
     <w:rsid w:val="00B5068D"/>
     <w:rsid w:val="00BD5EA7"/>
-    <w:rsid w:val="00C104C6"/>
-    <w:rsid w:val="00C123F0"/>
     <w:rsid w:val="00C46F8B"/>
-    <w:rsid w:val="00CB514B"/>
-    <w:rsid w:val="00CF3B96"/>
     <w:rsid w:val="00D16F02"/>
     <w:rsid w:val="00DC4A16"/>
-    <w:rsid w:val="00DD757E"/>
     <w:rsid w:val="00E129A9"/>
     <w:rsid w:val="00E6126B"/>
     <w:rsid w:val="00EE018A"/>
+    <w:rsid w:val="00F02F09"/>
     <w:rsid w:val="00F149A7"/>
-    <w:rsid w:val="00F7179C"/>
-    <w:rsid w:val="00FD13C4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="6DAEBB9C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{98459261-E807-48D9-8373-F3A1C2516A18}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -15461,116 +17292,90 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...52 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="1359350368">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1510949971">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -15792,72 +17597,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>4E565715</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>316</Words>
-  <Characters>1807</Characters>
+  <Words>320</Words>
+  <Characters>1827</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2119</CharactersWithSpaces>
+  <CharactersWithSpaces>2143</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Хохлова Анастасия Николаевна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>