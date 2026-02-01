--- v0 (2025-10-19)
+++ v1 (2026-02-01)
@@ -86,64 +86,79 @@
         </w:rPr>
         <w:t>№</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>71М</w:t>
       </w:r>
       <w:r w:rsidRPr="001566D5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> «</w:t>
       </w:r>
       <w:r w:rsidRPr="0057565C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ГКЦ "Лира"</w:t>
       </w:r>
-      <w:r w:rsidRPr="001566D5">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="0057565C">
+      <w:r w:rsidR="00E971B1">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2-я Агрегатная ул.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E971B1" w:rsidRPr="00E971B1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r w:rsidR="00E971B1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E971B1" w:rsidRPr="00E971B1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2-я Агрегатная улица</w:t>
       </w:r>
       <w:r w:rsidRPr="001566D5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8960" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1120"/>
         <w:gridCol w:w="1120"/>
       </w:tblGrid>
       <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
@@ -285,51 +300,66 @@
           <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007968FA">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Отправление из конечного пункта</w:t>
             </w:r>
             <w:r w:rsidRPr="007968FA">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">2-я Агрегатная ул. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E971B1" w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2-я Агрегатная улица</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007968FA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2240" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -371,10431 +401,10799 @@
           <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007968FA">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Отправление из конечного пункта</w:t>
             </w:r>
             <w:r w:rsidRPr="007968FA">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">2-я Агрегатная ул. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E971B1" w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2-я Агрегатная улица</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007968FA">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="750"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="007968FA">
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>№ графика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="007968FA">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Время</w:t>
             </w:r>
-            <w:r w:rsidRPr="007968FA">
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007968FA">
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>чч:мм</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007968FA">
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="007968FA">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>№ графика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="007968FA">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Время</w:t>
             </w:r>
-            <w:r w:rsidRPr="007968FA">
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007968FA">
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>чч:мм</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007968FA">
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="007968FA">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>№ графика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="007968FA">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Время</w:t>
             </w:r>
-            <w:r w:rsidRPr="007968FA">
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007968FA">
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>чч:мм</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007968FA">
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="007968FA">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>№ графика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="007968FA">
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Время</w:t>
             </w:r>
-            <w:r w:rsidRPr="007968FA">
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007968FA">
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>чч:мм</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007968FA">
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007968FA">
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007968FA">
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5:34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007968FA">
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5:38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="007968FA">
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5:38</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6:23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6:31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6:42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>6:36</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6:41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6:58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>6:56</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...16 lines deleted...]
-        </w:tc>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+        <w:bookmarkEnd w:id="0"/>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>7:55</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7:50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>8:34</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>8:54</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:59</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>9:13</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8:43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>9:52</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:57</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>10:13</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9:35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>10:32</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>10:52</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:57</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>11:11</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>11:31</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12:16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>12:10</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12:15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12:55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>12:50</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12:55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12:03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>13:29</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11:55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12:38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>13:48</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:53</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12:29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>14:08</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>14:27</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>14:47</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:52</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13:57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>15:06</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>15:46</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>16:06</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14:49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>16:45</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>17:04</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:09</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>17:24</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15:59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>17:43</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16:34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:09</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>18:04</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:09</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>18:23</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...22 lines deleted...]
-              <w:t>02</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:07</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17:43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:09</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20:46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...13 lines deleted...]
-              <w:t>20:01</w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20:06</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...131 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...131 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18:53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...131 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidTr="007968FA">
+      <w:tr w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidTr="00E971B1">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...11 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...43 lines deleted...]
-              <w:rPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1120" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007968FA" w:rsidRPr="007968FA" w:rsidRDefault="007968FA" w:rsidP="007968FA">
-[...131 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19:54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1120" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00E971B1" w:rsidRPr="00E971B1" w:rsidRDefault="00E971B1" w:rsidP="00E971B1">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E971B1">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DA3581" w:rsidRDefault="00DA3581" w:rsidP="00DA3581">
+    <w:p w:rsidR="00DA3581" w:rsidRDefault="00DA3581" w:rsidP="00E971B1">
       <w:pPr>
         <w:ind w:firstLine="0"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DA3581">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DA3581"/>
     <w:rsid w:val="007968FA"/>
     <w:rsid w:val="007F12CC"/>
     <w:rsid w:val="00DA3581"/>
+    <w:rsid w:val="00E971B1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="049F4A4C"/>
+  <w14:docId w14:val="79EE4DAD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{0399A025-EF79-4F7A-B827-6573532D8B01}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -11207,50 +11605,63 @@
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="27804232">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1184631978">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -11480,72 +11891,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>87C96B03</Template>
+  <Template>EFB51AD1</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>235</Words>
-  <Characters>1343</Characters>
+  <Words>237</Words>
+  <Characters>1356</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Курскавтодор</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1575</CharactersWithSpaces>
+  <CharactersWithSpaces>1590</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Грицаев Никита Владимирович</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>